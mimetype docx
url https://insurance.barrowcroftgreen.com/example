--- v0 (2026-01-08)
+++ v1 (2026-03-07)
@@ -113,137 +113,137 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">We are the tenants of house at USS Potter</w:t>
+        <w:t xml:space="preserve">We are the tenants of house at 91608 Vasquez Park Apt. 388</w:t>
         <w:br/>
-        <w:t xml:space="preserve">FPO AE 49062.</w:t>
+        <w:t xml:space="preserve">Grantmouth, NM 89686.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
         <w:t xml:space="preserve">The house is insured under an insurance policy issued by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">35070 Saunders Causeway</w:t>
+        <w:t xml:space="preserve">748 Collins Plaza Apt. 761</w:t>
         <w:br/>
-        <w:t xml:space="preserve">Port Kimberlyborough, LA 32951</w:t>
+        <w:t xml:space="preserve">South Richard, NH 31817</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
         <w:t xml:space="preserve"> who is an authorised insurer within the meaning of section 164 of the Commonhold and Leasehold Reform Act 2002.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">The policy number is 664712.</w:t>
+        <w:t xml:space="preserve">The policy number is 863286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
@@ -279,153 +279,153 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
         <w:t xml:space="preserve">The amount of cover (the sum insured) is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
         <w:t>£</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">749607 and is provided for the period beginning on 2025-03-18 and ending on 2026-09-18.</w:t>
+        <w:t xml:space="preserve">551646 and is provided for the period beginning on 2025-05-28 and ending on 2027-01-16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">Premiums are payable monthly.</w:t>
+        <w:t xml:space="preserve">Premiums are payable annually.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">The amount of excess under the policy is payable whenever the insurer makes a payment under the policy. The following excesses apply: £925 escape of water, £971 subsidence, £846 for all other claims. </w:t>
+        <w:t xml:space="preserve">The amount of excess under the policy is payable whenever the insurer makes a payment under the policy. The following excesses apply: £599 escape of water, £819 subsidence, £473 for all other claims. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">The policy has been renewed and was last renewed on 2027-05-16.</w:t>
+        <w:t xml:space="preserve">The policy has been renewed and was last renewed on 2027-06-23.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="360" w:left="720"/>
         <w:rPr>
@@ -566,51 +566,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="normal1"/>
         <w:rPr>
           <w:rFonts w:ascii="Merriweather" w:hAnsi="Merriweather" w:eastAsia="Merriweather" w:cs="Merriweather"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Merriweather" w:cs="Merriweather" w:ascii="Merriweather" w:hAnsi="Merriweather"/>
         </w:rPr>
-        <w:t xml:space="preserve">08/01/2026</w:t>
+        <w:t xml:space="preserve">07/03/2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:left="1440" w:right="1440" w:gutter="0" w:header="0" w:top="1440" w:footer="0" w:bottom="1440"/>
       <w:pgNumType w:start="1" w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:embedRegular r:id="rId1" w:fontKey="{01014A78-CABC-4EF0-12AC-5CD89AEFDE01}"/>
     <w:embedBold r:id="rId2" w:fontKey="{02014A78-CABC-4EF0-12AC-5CD89AEFDE02}"/>
     <w:embedItalic r:id="rId3" w:fontKey="{03014A78-CABC-4EF0-12AC-5CD89AEFDE03}"/>
     <w:embedBoldItalic r:id="rId4" w:fontKey="{04014A78-CABC-4EF0-12AC-5CD89AEFDE04}"/>